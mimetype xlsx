--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -5,90 +5,90 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\IC00309_PIV i formularis\Formularis_Annexos\Formularis i documents\SIN_Seguretat industrial\Taxes\ActualitzacioMarç2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SG_SI\PLA_2\Imports econòmics agents SI\Plantilles actualitzades_taxes\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7050"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7054"/>
   </bookViews>
   <sheets>
     <sheet name="IP-EDG" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'IP-EDG'!$A$11:$F$23</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D23" i="3" l="1"/>
   <c r="F19" i="3" l="1"/>
   <c r="F18" i="3"/>
   <c r="F20" i="3"/>
   <c r="F21" i="3"/>
   <c r="F22" i="3"/>
   <c r="F17" i="3" l="1"/>
   <c r="F16" i="3"/>
   <c r="F23" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="28">
   <si>
     <t>Tipus instal·lació</t>
   </si>
   <si>
     <t>Àmbit reglamentari</t>
   </si>
   <si>
     <t>Taxes generades (€)</t>
   </si>
   <si>
     <t>Nombre actuacions</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>EDG-TC-PER</t>
   </si>
   <si>
     <t>Tipus de liquidació</t>
   </si>
   <si>
     <t>Període de liquidació (mes i any)</t>
   </si>
   <si>
@@ -121,116 +121,142 @@
   <si>
     <t>Instal·lació individual (potència ≤ 70 KW)</t>
   </si>
   <si>
     <t>Instal·lació individual (potència &gt; 70 KW)</t>
   </si>
   <si>
     <t>Instal·lació comuna (potència ≤ 2.000 KW)</t>
   </si>
   <si>
     <t>Instal·lació comuna (potència &gt; 2.000 KW)</t>
   </si>
   <si>
     <t>Instal·lacions receptores</t>
   </si>
   <si>
     <t>Document de liquidació de taxes generades  per les inspeccions periòdiques de les empreses instal·ladores</t>
   </si>
   <si>
     <t>Nom de l'empresa instal·ladora</t>
   </si>
   <si>
     <t>Número de RASIC</t>
   </si>
   <si>
-    <t xml:space="preserve">Data actualització: 15.03.2023 </t>
+    <t>Ordinària agrupada</t>
+  </si>
+  <si>
+    <t>Data actualització: 27.10.2025</t>
+  </si>
+  <si>
+    <t>G146NSIN-279</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode=";;;"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF1F497D"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
@@ -763,245 +789,252 @@
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="3" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="3" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="2" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="17" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...96 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
@@ -1350,379 +1383,419 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6:F6"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7:C7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.453125" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11.3828125" defaultRowHeight="14.6" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="40.81640625" style="6" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="11.453125" style="6"/>
+    <col min="1" max="1" width="40.84375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="36.53515625" style="4" customWidth="1"/>
+    <col min="3" max="3" width="45.84375" style="4" customWidth="1"/>
+    <col min="4" max="4" width="18.84375" style="4" customWidth="1"/>
+    <col min="5" max="5" width="12.84375" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.84375" style="4" customWidth="1"/>
+    <col min="7" max="7" width="11.3828125" style="4"/>
+    <col min="8" max="8" width="11.84375" style="4" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.3828125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A4" s="8" t="s">
+    <row r="1" spans="1:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C1" s="5"/>
+    </row>
+    <row r="2" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="5"/>
+    </row>
+    <row r="3" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C3" s="5"/>
+    </row>
+    <row r="4" spans="1:8" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="39" t="s">
         <v>22</v>
       </c>
-      <c r="B4" s="9"/>
-[...7 lines deleted...]
-      <c r="A6" s="10" t="s">
+      <c r="B4" s="40"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="40"/>
+      <c r="E4" s="40"/>
+      <c r="F4" s="40"/>
+    </row>
+    <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="11"/>
-[...8 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="B6" s="60"/>
+      <c r="C6" s="61"/>
+      <c r="D6" s="61"/>
+      <c r="E6" s="61"/>
+      <c r="F6" s="62"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="15"/>
-[...7 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="B7" s="57"/>
+      <c r="C7" s="57"/>
+      <c r="D7" s="8"/>
+      <c r="E7" s="8"/>
+      <c r="F7" s="8"/>
+      <c r="H7" s="9"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="18"/>
-[...7 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="B8" s="58"/>
+      <c r="C8" s="59"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="H8" s="9"/>
+    </row>
+    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="18"/>
-[...8 lines deleted...]
-      <c r="A11" s="20" t="s">
+      <c r="B9" s="67"/>
+      <c r="C9" s="67"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+      <c r="H9" s="9"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="11" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="41" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="21"/>
-      <c r="C11" s="22" t="s">
+      <c r="B11" s="42"/>
+      <c r="C11" s="47" t="s">
         <v>0</v>
       </c>
-      <c r="D11" s="23" t="s">
+      <c r="D11" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="E11" s="3" t="s">
+      <c r="E11" s="53" t="s">
         <v>2</v>
       </c>
-      <c r="F11" s="24"/>
-[...7 lines deleted...]
-      <c r="E12" s="4" t="s">
+      <c r="F11" s="54"/>
+      <c r="G11" s="10"/>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="43"/>
+      <c r="B12" s="44"/>
+      <c r="C12" s="48"/>
+      <c r="D12" s="51"/>
+      <c r="E12" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="F12" s="30"/>
-[...15 lines deleted...]
-      <c r="D14" s="35"/>
+      <c r="F12" s="56"/>
+      <c r="G12" s="10"/>
+    </row>
+    <row r="13" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="43"/>
+      <c r="B13" s="44"/>
+      <c r="C13" s="48"/>
+      <c r="D13" s="51"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="11"/>
+      <c r="G13" s="10"/>
+    </row>
+    <row r="14" spans="1:8" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="45"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="49"/>
+      <c r="D14" s="52"/>
       <c r="E14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="G14" s="25"/>
-[...2 lines deleted...]
-      <c r="A15" s="36" t="s">
+      <c r="G14" s="10"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="37"/>
-[...7 lines deleted...]
-      <c r="A16" s="41" t="s">
+      <c r="B15" s="35"/>
+      <c r="C15" s="35"/>
+      <c r="D15" s="36"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="38"/>
+      <c r="G15" s="10"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="63" t="s">
         <v>14</v>
       </c>
-      <c r="B16" s="42"/>
-      <c r="C16" s="43" t="s">
+      <c r="B16" s="64"/>
+      <c r="C16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="44">
+      <c r="E16" s="13">
         <v>6.85</v>
       </c>
-      <c r="F16" s="45">
+      <c r="F16" s="14">
         <f t="shared" ref="F16:F22" si="0">D16*E16</f>
         <v>0</v>
       </c>
-      <c r="G16" s="25"/>
-[...4 lines deleted...]
-      <c r="C17" s="43" t="s">
+      <c r="G16" s="10"/>
+    </row>
+    <row r="17" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="65"/>
+      <c r="B17" s="66"/>
+      <c r="C17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="44">
+      <c r="E17" s="13">
         <v>11.4</v>
       </c>
-      <c r="F17" s="45">
+      <c r="F17" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G17" s="25"/>
-[...2 lines deleted...]
-      <c r="A18" s="48" t="s">
+      <c r="G17" s="10"/>
+    </row>
+    <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="68" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="49"/>
-[...2 lines deleted...]
-      <c r="E18" s="39">
+      <c r="B18" s="69"/>
+      <c r="C18" s="70"/>
+      <c r="D18" s="36"/>
+      <c r="E18" s="37">
         <v>2.8</v>
       </c>
-      <c r="F18" s="40">
+      <c r="F18" s="38">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G18" s="25"/>
-[...3 lines deleted...]
-      <c r="C19" s="52" t="s">
+      <c r="G18" s="10"/>
+    </row>
+    <row r="19" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="15"/>
+      <c r="C19" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="2"/>
-      <c r="E19" s="44">
+      <c r="E19" s="13">
         <v>2.9</v>
       </c>
-      <c r="F19" s="45">
+      <c r="F19" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G19" s="25"/>
-[...3 lines deleted...]
-      <c r="A20" s="51" t="s">
+      <c r="G19" s="10"/>
+      <c r="H19" s="17"/>
+    </row>
+    <row r="20" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="54" t="s">
+      <c r="C20" s="18" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="2"/>
-      <c r="E20" s="44">
+      <c r="E20" s="13">
         <v>6.85</v>
       </c>
-      <c r="F20" s="45">
+      <c r="F20" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G20" s="25"/>
-[...3 lines deleted...]
-      <c r="C21" s="54" t="s">
+      <c r="G20" s="10"/>
+    </row>
+    <row r="21" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="15"/>
+      <c r="C21" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="44">
+      <c r="E21" s="13">
         <v>6.85</v>
       </c>
-      <c r="F21" s="45">
+      <c r="F21" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G21" s="25"/>
-[...3 lines deleted...]
-      <c r="C22" s="55" t="s">
+      <c r="G21" s="10"/>
+    </row>
+    <row r="22" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="15"/>
+      <c r="C22" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="2"/>
-      <c r="E22" s="44">
+      <c r="E22" s="13">
         <v>11.4</v>
       </c>
-      <c r="F22" s="56">
+      <c r="F22" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G22" s="25"/>
-[...2 lines deleted...]
-      <c r="A23" s="57" t="s">
+      <c r="G22" s="10"/>
+    </row>
+    <row r="23" spans="1:8" s="25" customFormat="1" ht="18" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A23" s="32" t="s">
         <v>4</v>
       </c>
-      <c r="B23" s="58"/>
-[...1 lines deleted...]
-      <c r="D23" s="59">
+      <c r="B23" s="33"/>
+      <c r="C23" s="33"/>
+      <c r="D23" s="21">
         <f>D16+D17+D19+D20+D21+D22</f>
         <v>0</v>
       </c>
-      <c r="E23" s="60"/>
-      <c r="F23" s="61">
+      <c r="E23" s="22"/>
+      <c r="F23" s="23">
         <f>SUM(F16:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="62"/>
-[...18 lines deleted...]
-      <c r="E26" s="66" t="s">
+      <c r="G23" s="24"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A24" s="26"/>
+      <c r="B24" s="26"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="26"/>
+      <c r="F24" s="26"/>
+    </row>
+    <row r="25" spans="1:8" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="27"/>
+      <c r="B25" s="27"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A26" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="F26" s="67"/>
-[...2 lines deleted...]
-      <c r="E27" s="66" t="s">
+      <c r="C26" s="28"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" s="30"/>
+    </row>
+    <row r="27" spans="1:8" ht="15" x14ac:dyDescent="0.4">
+      <c r="A27" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="C27" s="28"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="29" t="s">
         <v>10</v>
       </c>
+      <c r="F27" s="71" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A28" s="31" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="C29" s="28"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="28"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="C30" s="28"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="28"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="28"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OreEV1cQdsPPocEsUd+NGalsbcN1OBgy33TJN/3eQBEOCc+JxWTVfL1LtsV/rhObOIDM1c9wwyMwIPAajYM8Lw==" saltValue="du9/slOi76Cp5lLDnFZ9Hg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="3WFfa7GrWfSaUdighcSl5kXncMPVQ7r4K7RXY8bOKRzEHQOeetC+B5MEIs05fqYVlkC1s32gBJp0Q3Gs5Tsq4w==" saltValue="99RmT9LvPXTuyIH2J0mMFQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="16">
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A11:B14"/>
     <mergeCell ref="C11:C14"/>
     <mergeCell ref="D11:D14"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="A16:B17"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="D18:F18"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7:C7">
-      <formula1>$E$26:$E$27</formula1>
+      <formula1>$A$26:$A$28</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Arial,Normal"&amp;8G146NSIN-279</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>